--- v0 (2025-10-08)
+++ v1 (2025-11-20)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PR1 HR" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="25">
   <si>
-    <t>Zagreb, 27.08.2025</t>
+    <t>Zagreb, 19.11.2025</t>
   </si>
   <si>
     <t>HRVATSKA NARODNA BANKA</t>
   </si>
   <si>
     <t>Sektor platnog prometa</t>
   </si>
   <si>
     <t>Direkcija za nadzor platnog prometa</t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>BROJ TRANSAKCIJSKIH RAČUNA POTROŠAČA I NEPOTROŠAČA OTVORENIH KOD KREDITNIH INSTITUCIJA {1} - 2025. godina
 </t>
   </si>
   <si>
     <t>na dan 31.01.</t>
   </si>
   <si>
     <t>na dan 28.02.</t>
   </si>
   <si>
     <t>na dan 31.03.</t>
@@ -663,63 +663,63 @@
       <c r="F10" s="8">
         <v>445052</v>
       </c>
       <c r="G10" t="s" s="7">
         <v>19</v>
       </c>
       <c r="H10" s="8">
         <v>448446</v>
       </c>
       <c r="I10" t="s" s="7">
         <v>19</v>
       </c>
       <c r="J10" s="8">
         <v>450490</v>
       </c>
       <c r="K10" t="s" s="7">
         <v>19</v>
       </c>
       <c r="L10" s="8">
         <v>452615</v>
       </c>
       <c r="M10" t="s" s="7">
         <v>19</v>
       </c>
       <c r="N10" s="8">
-        <v/>
+        <v>453387</v>
       </c>
       <c r="O10" t="s" s="7">
         <v>19</v>
       </c>
       <c r="P10" s="8">
-        <v/>
+        <v>453036</v>
       </c>
       <c r="Q10" t="s" s="7">
         <v>19</v>
       </c>
       <c r="R10" s="8">
-        <v/>
+        <v>453815</v>
       </c>
       <c r="S10" t="s" s="7">
         <v>19</v>
       </c>
       <c r="T10" s="8">
         <v/>
       </c>
       <c r="U10" t="s" s="7">
         <v>19</v>
       </c>
       <c r="V10" s="8">
         <v/>
       </c>
       <c r="W10" t="s" s="7">
         <v>19</v>
       </c>
       <c r="X10" s="8">
         <v/>
       </c>
       <c r="Y10" t="s" s="7">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:25">
       <c r="A11" t="s" s="7">
@@ -740,63 +740,63 @@
       <c r="F11" s="8">
         <v>26695</v>
       </c>
       <c r="G11" t="s" s="7">
         <v>19</v>
       </c>
       <c r="H11" s="8">
         <v>26678</v>
       </c>
       <c r="I11" t="s" s="7">
         <v>19</v>
       </c>
       <c r="J11" s="8">
         <v>26662</v>
       </c>
       <c r="K11" t="s" s="7">
         <v>19</v>
       </c>
       <c r="L11" s="8">
         <v>26618</v>
       </c>
       <c r="M11" t="s" s="7">
         <v>19</v>
       </c>
       <c r="N11" s="8">
-        <v/>
+        <v>26586</v>
       </c>
       <c r="O11" t="s" s="7">
         <v>19</v>
       </c>
       <c r="P11" s="8">
-        <v/>
+        <v>26532</v>
       </c>
       <c r="Q11" t="s" s="7">
         <v>19</v>
       </c>
       <c r="R11" s="8">
-        <v/>
+        <v>26485</v>
       </c>
       <c r="S11" t="s" s="7">
         <v>19</v>
       </c>
       <c r="T11" s="8">
         <v/>
       </c>
       <c r="U11" t="s" s="7">
         <v>19</v>
       </c>
       <c r="V11" s="8">
         <v/>
       </c>
       <c r="W11" t="s" s="7">
         <v>19</v>
       </c>
       <c r="X11" s="8">
         <v/>
       </c>
       <c r="Y11" t="s" s="7">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:25">
       <c r="A12" t="s" s="7">
@@ -817,63 +817,63 @@
       <c r="F12" s="8">
         <v>418357</v>
       </c>
       <c r="G12" t="s" s="7">
         <v>19</v>
       </c>
       <c r="H12" s="8">
         <v>421768</v>
       </c>
       <c r="I12" t="s" s="7">
         <v>19</v>
       </c>
       <c r="J12" s="8">
         <v>423828</v>
       </c>
       <c r="K12" t="s" s="7">
         <v>19</v>
       </c>
       <c r="L12" s="8">
         <v>425997</v>
       </c>
       <c r="M12" t="s" s="7">
         <v>19</v>
       </c>
       <c r="N12" s="8">
-        <v/>
+        <v>426801</v>
       </c>
       <c r="O12" t="s" s="7">
         <v>19</v>
       </c>
       <c r="P12" s="8">
-        <v/>
+        <v>426504</v>
       </c>
       <c r="Q12" t="s" s="7">
         <v>19</v>
       </c>
       <c r="R12" s="8">
-        <v/>
+        <v>427330</v>
       </c>
       <c r="S12" t="s" s="7">
         <v>19</v>
       </c>
       <c r="T12" s="8">
         <v/>
       </c>
       <c r="U12" t="s" s="7">
         <v>19</v>
       </c>
       <c r="V12" s="8">
         <v/>
       </c>
       <c r="W12" t="s" s="7">
         <v>19</v>
       </c>
       <c r="X12" s="8">
         <v/>
       </c>
       <c r="Y12" t="s" s="7">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:25">
       <c r="A13" t="s" s="7">
@@ -894,63 +894,63 @@
       <c r="F13" s="8">
         <v>6273205</v>
       </c>
       <c r="G13" t="s" s="7">
         <v>19</v>
       </c>
       <c r="H13" s="8">
         <v>6274671</v>
       </c>
       <c r="I13" t="s" s="7">
         <v>19</v>
       </c>
       <c r="J13" s="8">
         <v>6280947</v>
       </c>
       <c r="K13" t="s" s="7">
         <v>19</v>
       </c>
       <c r="L13" s="8">
         <v>6294355</v>
       </c>
       <c r="M13" t="s" s="7">
         <v>19</v>
       </c>
       <c r="N13" s="8">
-        <v/>
+        <v>6302573</v>
       </c>
       <c r="O13" t="s" s="7">
         <v>19</v>
       </c>
       <c r="P13" s="8">
-        <v/>
+        <v>6299458</v>
       </c>
       <c r="Q13" t="s" s="7">
         <v>19</v>
       </c>
       <c r="R13" s="8">
-        <v/>
+        <v>6301296</v>
       </c>
       <c r="S13" t="s" s="7">
         <v>19</v>
       </c>
       <c r="T13" s="8">
         <v/>
       </c>
       <c r="U13" t="s" s="7">
         <v>19</v>
       </c>
       <c r="V13" s="8">
         <v/>
       </c>
       <c r="W13" t="s" s="7">
         <v>19</v>
       </c>
       <c r="X13" s="8">
         <v/>
       </c>
       <c r="Y13" t="s" s="7">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:25">
       <c r="A14" t="s" s="7">
@@ -971,63 +971,63 @@
       <c r="F14" s="8">
         <v>2917105</v>
       </c>
       <c r="G14" t="s" s="7">
         <v>19</v>
       </c>
       <c r="H14" s="8">
         <v>2918483</v>
       </c>
       <c r="I14" t="s" s="7">
         <v>19</v>
       </c>
       <c r="J14" s="8">
         <v>2918652</v>
       </c>
       <c r="K14" t="s" s="7">
         <v>19</v>
       </c>
       <c r="L14" s="8">
         <v>2924310</v>
       </c>
       <c r="M14" t="s" s="7">
         <v>19</v>
       </c>
       <c r="N14" s="8">
-        <v/>
+        <v>2927483</v>
       </c>
       <c r="O14" t="s" s="7">
         <v>19</v>
       </c>
       <c r="P14" s="8">
-        <v/>
+        <v>2924471</v>
       </c>
       <c r="Q14" t="s" s="7">
         <v>19</v>
       </c>
       <c r="R14" s="8">
-        <v/>
+        <v>2925435</v>
       </c>
       <c r="S14" t="s" s="7">
         <v>19</v>
       </c>
       <c r="T14" s="8">
         <v/>
       </c>
       <c r="U14" t="s" s="7">
         <v>19</v>
       </c>
       <c r="V14" s="8">
         <v/>
       </c>
       <c r="W14" t="s" s="7">
         <v>19</v>
       </c>
       <c r="X14" s="8">
         <v/>
       </c>
       <c r="Y14" t="s" s="7">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:25">
       <c r="A15" t="s" s="7">
@@ -1048,63 +1048,63 @@
       <c r="F15" s="8">
         <v>3356100</v>
       </c>
       <c r="G15" t="s" s="7">
         <v>19</v>
       </c>
       <c r="H15" s="8">
         <v>3356188</v>
       </c>
       <c r="I15" t="s" s="7">
         <v>19</v>
       </c>
       <c r="J15" s="8">
         <v>3362295</v>
       </c>
       <c r="K15" t="s" s="7">
         <v>19</v>
       </c>
       <c r="L15" s="8">
         <v>3370045</v>
       </c>
       <c r="M15" t="s" s="7">
         <v>19</v>
       </c>
       <c r="N15" s="8">
-        <v/>
+        <v>3375090</v>
       </c>
       <c r="O15" t="s" s="7">
         <v>19</v>
       </c>
       <c r="P15" s="8">
-        <v/>
+        <v>3374987</v>
       </c>
       <c r="Q15" t="s" s="7">
         <v>19</v>
       </c>
       <c r="R15" s="8">
-        <v/>
+        <v>3375861</v>
       </c>
       <c r="S15" t="s" s="7">
         <v>19</v>
       </c>
       <c r="T15" s="8">
         <v/>
       </c>
       <c r="U15" t="s" s="7">
         <v>19</v>
       </c>
       <c r="V15" s="8">
         <v/>
       </c>
       <c r="W15" t="s" s="7">
         <v>19</v>
       </c>
       <c r="X15" s="8">
         <v/>
       </c>
       <c r="Y15" t="s" s="7">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:25">
       <c r="A16" t="s" s="9">
@@ -1125,63 +1125,63 @@
       <c r="F16" s="10">
         <v>6718257</v>
       </c>
       <c r="G16" t="s" s="9">
         <v>19</v>
       </c>
       <c r="H16" s="10">
         <v>6723117</v>
       </c>
       <c r="I16" t="s" s="9">
         <v>19</v>
       </c>
       <c r="J16" s="10">
         <v>6731437</v>
       </c>
       <c r="K16" t="s" s="9">
         <v>19</v>
       </c>
       <c r="L16" s="10">
         <v>6746970</v>
       </c>
       <c r="M16" t="s" s="9">
         <v>19</v>
       </c>
       <c r="N16" s="10">
-        <v/>
+        <v>6755960</v>
       </c>
       <c r="O16" t="s" s="9">
         <v>19</v>
       </c>
       <c r="P16" s="10">
-        <v/>
+        <v>6752494</v>
       </c>
       <c r="Q16" t="s" s="9">
         <v>19</v>
       </c>
       <c r="R16" s="10">
-        <v/>
+        <v>6755111</v>
       </c>
       <c r="S16" t="s" s="9">
         <v>19</v>
       </c>
       <c r="T16" s="10">
         <v/>
       </c>
       <c r="U16" t="s" s="9">
         <v>19</v>
       </c>
       <c r="V16" s="10">
         <v/>
       </c>
       <c r="W16" t="s" s="9">
         <v>19</v>
       </c>
       <c r="X16" s="10">
         <v/>
       </c>
       <c r="Y16" t="s" s="9">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:25">
       <c r="A17" t="s">